--- v0 (2025-11-23)
+++ v1 (2026-02-04)
@@ -32,1485 +32,1485 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="525">
   <si>
     <t>Sıra No</t>
   </si>
   <si>
     <t>Ülke Kodu</t>
   </si>
   <si>
     <t>Ülke Adı</t>
   </si>
   <si>
     <t>Birim Tutar (TRY)</t>
   </si>
   <si>
     <t>AD</t>
   </si>
   <si>
     <t>Andorra</t>
   </si>
   <si>
-    <t>8,6355</t>
+    <t>9,1152</t>
   </si>
   <si>
     <t>AE</t>
   </si>
   <si>
     <t>Birleşik Arap Emirlikleri</t>
   </si>
   <si>
-    <t>5,0682</t>
+    <t>5,3498</t>
   </si>
   <si>
     <t>AF</t>
   </si>
   <si>
     <t>Afganistan</t>
   </si>
   <si>
-    <t>10,1365</t>
+    <t>10,6996</t>
   </si>
   <si>
     <t>AG</t>
   </si>
   <si>
     <t>Antigua ve Barbuda</t>
   </si>
   <si>
-    <t>12,807</t>
+    <t>13,5185</t>
   </si>
   <si>
     <t>AI</t>
   </si>
   <si>
     <t>Anguilla</t>
   </si>
   <si>
     <t>AL</t>
   </si>
   <si>
     <t>Arnavutluk</t>
   </si>
   <si>
-    <t>11,6959</t>
+    <t>12,3457</t>
   </si>
   <si>
     <t>AM</t>
   </si>
   <si>
     <t>Ermenistan</t>
   </si>
   <si>
     <t>AO</t>
   </si>
   <si>
     <t>Angora</t>
   </si>
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>Arjantin</t>
   </si>
   <si>
     <t>AT</t>
   </si>
   <si>
     <t>Avusturya</t>
   </si>
   <si>
-    <t>9,5517</t>
+    <t>10,0823</t>
   </si>
   <si>
     <t>AU</t>
   </si>
   <si>
     <t>Avustralya</t>
   </si>
   <si>
-    <t>5,4971</t>
+    <t>5,8025</t>
   </si>
   <si>
     <t>AW</t>
   </si>
   <si>
     <t>Aruba</t>
   </si>
   <si>
     <t>AZ</t>
   </si>
   <si>
     <t>Azerbaycan</t>
   </si>
   <si>
-    <t>16,5692</t>
+    <t>17,4897</t>
   </si>
   <si>
     <t>BA</t>
   </si>
   <si>
     <t>Bosna Hersek</t>
   </si>
   <si>
-    <t>5,2632</t>
+    <t>5,5556</t>
   </si>
   <si>
     <t>BB</t>
   </si>
   <si>
     <t>Barbados</t>
   </si>
   <si>
-    <t>10,3314</t>
+    <t>10,9053</t>
   </si>
   <si>
     <t>BD</t>
   </si>
   <si>
     <t>Bangladeş</t>
   </si>
   <si>
     <t>BE</t>
   </si>
   <si>
     <t>Belçika</t>
   </si>
   <si>
-    <t>13,6452</t>
+    <t>14,4033</t>
   </si>
   <si>
     <t>BF</t>
   </si>
   <si>
     <t>Burkina Faso</t>
   </si>
   <si>
     <t>BG</t>
   </si>
   <si>
     <t>Bulgaristan</t>
   </si>
   <si>
-    <t>7,9922</t>
+    <t>8,4362</t>
   </si>
   <si>
     <t>BH</t>
   </si>
   <si>
     <t>Bahreyn</t>
   </si>
   <si>
-    <t>3,1189</t>
+    <t>3,2922</t>
   </si>
   <si>
     <t>BI</t>
   </si>
   <si>
     <t>Burundi</t>
   </si>
   <si>
-    <t>10,9942</t>
+    <t>11,6049</t>
   </si>
   <si>
     <t>BJ</t>
   </si>
   <si>
     <t>Benin</t>
   </si>
   <si>
-    <t>12,2807</t>
+    <t>12,963</t>
   </si>
   <si>
     <t>BM</t>
   </si>
   <si>
     <t>Bermuda</t>
   </si>
   <si>
-    <t>11,306</t>
+    <t>11,9342</t>
   </si>
   <si>
     <t>BN</t>
   </si>
   <si>
     <t>Brunei Darussalam</t>
   </si>
   <si>
     <t>BO</t>
   </si>
   <si>
     <t>Bolivya</t>
   </si>
   <si>
-    <t>14,425</t>
+    <t>15,2263</t>
   </si>
   <si>
     <t>BR</t>
   </si>
   <si>
     <t>Brezilya</t>
   </si>
   <si>
-    <t>3,1384</t>
+    <t>3,3128</t>
   </si>
   <si>
     <t>BS</t>
   </si>
   <si>
     <t>Bahamalar</t>
   </si>
   <si>
     <t>BT</t>
   </si>
   <si>
     <t>Butan</t>
   </si>
   <si>
     <t>BW</t>
   </si>
   <si>
     <t>Botsvana</t>
   </si>
   <si>
     <t>BY</t>
   </si>
   <si>
     <t>Belarus</t>
   </si>
   <si>
-    <t>4,191</t>
+    <t>4,4239</t>
   </si>
   <si>
     <t>BZ</t>
   </si>
   <si>
     <t>Belize</t>
   </si>
   <si>
     <t>CA</t>
   </si>
   <si>
     <t>Kanada</t>
   </si>
   <si>
     <t>CD</t>
   </si>
   <si>
     <t>Kongo Demokratik Cumhuriyeti</t>
   </si>
   <si>
-    <t>115,0097</t>
+    <t>121,3992</t>
   </si>
   <si>
     <t>CF</t>
   </si>
   <si>
     <t>Orta Afrika Cumhuriyeti</t>
   </si>
   <si>
     <t>CG</t>
   </si>
   <si>
     <t>Kongo</t>
   </si>
   <si>
-    <t>7,6023</t>
+    <t>8,0247</t>
   </si>
   <si>
     <t>CH</t>
   </si>
   <si>
     <t>İsviçre</t>
   </si>
   <si>
-    <t>7,3099</t>
+    <t>7,716</t>
   </si>
   <si>
     <t>CI</t>
   </si>
   <si>
     <t>Fildişi Sahili</t>
   </si>
   <si>
-    <t>8,3606</t>
+    <t>8,8251</t>
   </si>
   <si>
     <t>CK</t>
   </si>
   <si>
     <t>Cook Adaları</t>
   </si>
   <si>
     <t>CL</t>
   </si>
   <si>
     <t>Şili</t>
   </si>
   <si>
     <t>CM</t>
   </si>
   <si>
     <t>Kamerun</t>
   </si>
   <si>
-    <t>6,6277</t>
+    <t>6,9959</t>
   </si>
   <si>
     <t>CN</t>
   </si>
   <si>
     <t>Çin</t>
   </si>
   <si>
-    <t>4,6784</t>
+    <t>4,9383</t>
   </si>
   <si>
     <t>CO</t>
   </si>
   <si>
     <t>Kolombiya</t>
   </si>
   <si>
     <t>CR</t>
   </si>
   <si>
     <t>Kosta Rika</t>
   </si>
   <si>
-    <t>6,0429</t>
+    <t>6,3786</t>
   </si>
   <si>
     <t>CU</t>
   </si>
   <si>
     <t>Küba</t>
   </si>
   <si>
-    <t>17,7778</t>
+    <t>18,7654</t>
   </si>
   <si>
     <t>CV</t>
   </si>
   <si>
     <t>Cape Verde</t>
   </si>
   <si>
     <t>CW</t>
   </si>
   <si>
     <t>Curacao</t>
   </si>
   <si>
     <t>CY</t>
   </si>
   <si>
     <t>Kıbrıs</t>
   </si>
   <si>
-    <t>3,5088</t>
+    <t>3,7037</t>
   </si>
   <si>
     <t>CZ</t>
   </si>
   <si>
     <t>Çek Cumhuriyeti</t>
   </si>
   <si>
-    <t>7,0175</t>
+    <t>7,4074</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Almanya</t>
   </si>
   <si>
-    <t>12,0273</t>
+    <t>12,6955</t>
   </si>
   <si>
     <t>DJ</t>
   </si>
   <si>
     <t>Cibuti</t>
   </si>
   <si>
     <t>DK</t>
   </si>
   <si>
     <t>Danimarka</t>
   </si>
   <si>
-    <t>3,9376</t>
+    <t>4,1564</t>
   </si>
   <si>
     <t>DM</t>
   </si>
   <si>
     <t>Dominika</t>
   </si>
   <si>
     <t>DO</t>
   </si>
   <si>
     <t>Dominik Cumhuriyeti</t>
   </si>
   <si>
-    <t>7,2125</t>
+    <t>7,6132</t>
   </si>
   <si>
     <t>DZ</t>
   </si>
   <si>
     <t>Cezayir</t>
   </si>
   <si>
     <t>EC</t>
   </si>
   <si>
     <t>Ekvador</t>
   </si>
   <si>
-    <t>17,154</t>
+    <t>18,107</t>
   </si>
   <si>
     <t>EE</t>
   </si>
   <si>
     <t>Estonya</t>
   </si>
   <si>
-    <t>8,3821</t>
+    <t>8,8477</t>
   </si>
   <si>
     <t>EG</t>
   </si>
   <si>
     <t>Mısır</t>
   </si>
   <si>
-    <t>9,9415</t>
+    <t>10,4938</t>
   </si>
   <si>
     <t>ER</t>
   </si>
   <si>
     <t>Eritre</t>
   </si>
   <si>
-    <t>10,9747</t>
+    <t>11,5844</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>ispanya</t>
   </si>
   <si>
-    <t>7,8558</t>
+    <t>8,2922</t>
   </si>
   <si>
     <t>ET</t>
   </si>
   <si>
     <t>Etiyopya</t>
   </si>
   <si>
     <t>FI</t>
   </si>
   <si>
     <t>Finlandiya</t>
   </si>
   <si>
-    <t>9,1618</t>
+    <t>9,6708</t>
   </si>
   <si>
     <t>FJ</t>
   </si>
   <si>
     <t>Fiji</t>
   </si>
   <si>
-    <t>17,3489</t>
+    <t>18,3128</t>
   </si>
   <si>
     <t>FK</t>
   </si>
   <si>
     <t>Falkland Adaları (Malvinas)</t>
   </si>
   <si>
-    <t>10,7212</t>
+    <t>11,3169</t>
   </si>
   <si>
     <t>FM</t>
   </si>
   <si>
     <t>Mikronezya, Federe Devletleri</t>
   </si>
   <si>
     <t>FO</t>
   </si>
   <si>
     <t>Faroe Adaları</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Fransa</t>
   </si>
   <si>
-    <t>8,7719</t>
+    <t>9,2593</t>
   </si>
   <si>
     <t>GA</t>
   </si>
   <si>
     <t>Gabon</t>
   </si>
   <si>
-    <t>12,6706</t>
+    <t>13,3745</t>
   </si>
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>Birleşik Krallık</t>
   </si>
   <si>
     <t>GD</t>
   </si>
   <si>
     <t>Grenada</t>
   </si>
   <si>
     <t>GE</t>
   </si>
   <si>
     <t>Gürcistan</t>
   </si>
   <si>
-    <t>12,5731</t>
+    <t>13,2716</t>
   </si>
   <si>
     <t>GH</t>
   </si>
   <si>
     <t>Gana</t>
   </si>
   <si>
     <t>GI</t>
   </si>
   <si>
     <t>Cebelitarık</t>
   </si>
   <si>
     <t>GL</t>
   </si>
   <si>
     <t>Grönland</t>
   </si>
   <si>
-    <t>2,3392</t>
+    <t>2,4691</t>
   </si>
   <si>
     <t>GM</t>
   </si>
   <si>
     <t>Gambiya</t>
   </si>
   <si>
-    <t>9,6881</t>
+    <t>10,2263</t>
   </si>
   <si>
     <t>GN</t>
   </si>
   <si>
     <t>Gine</t>
   </si>
   <si>
-    <t>15,5945</t>
+    <t>16,4609</t>
   </si>
   <si>
     <t>GP</t>
   </si>
   <si>
     <t>Guadeloupe</t>
   </si>
   <si>
-    <t>18,3236</t>
+    <t>19,3416</t>
   </si>
   <si>
     <t>GQ</t>
   </si>
   <si>
     <t>Ekvator Ginesi</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Yunanistan</t>
   </si>
   <si>
-    <t>7,7973</t>
+    <t>8,2305</t>
   </si>
   <si>
     <t>GT</t>
   </si>
   <si>
     <t>Guatemala</t>
   </si>
   <si>
     <t>GW</t>
   </si>
   <si>
     <t>Gine-Bissau</t>
   </si>
   <si>
-    <t>15,4191</t>
+    <t>16,2757</t>
   </si>
   <si>
     <t>GY</t>
   </si>
   <si>
     <t>Guyana</t>
   </si>
   <si>
     <t>HK</t>
   </si>
   <si>
     <t>Hong Kong</t>
   </si>
   <si>
     <t>HN</t>
   </si>
   <si>
     <t>Honduras</t>
   </si>
   <si>
     <t>HR</t>
   </si>
   <si>
     <t>Hırvatistan</t>
   </si>
   <si>
     <t>HT</t>
   </si>
   <si>
     <t>Haiti</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Macaristan</t>
   </si>
   <si>
+    <t>11,7284</t>
+  </si>
+  <si>
+    <t>ID</t>
+  </si>
+  <si>
+    <t>Endonezya</t>
+  </si>
+  <si>
+    <t>6,5844</t>
+  </si>
+  <si>
+    <t>IE</t>
+  </si>
+  <si>
+    <t>İrlanda</t>
+  </si>
+  <si>
+    <t>9,465</t>
+  </si>
+  <si>
+    <t>IL</t>
+  </si>
+  <si>
+    <t>İsrail</t>
+  </si>
+  <si>
+    <t>IN</t>
+  </si>
+  <si>
+    <t>Hindistan</t>
+  </si>
+  <si>
+    <t>IQ</t>
+  </si>
+  <si>
+    <t>Irak</t>
+  </si>
+  <si>
+    <t>IR</t>
+  </si>
+  <si>
+    <t>İran, İslam Cumhuriyeti</t>
+  </si>
+  <si>
+    <t>IS</t>
+  </si>
+  <si>
+    <t>İzlanda</t>
+  </si>
+  <si>
+    <t>IT</t>
+  </si>
+  <si>
+    <t>İtalya</t>
+  </si>
+  <si>
+    <t>7,8189</t>
+  </si>
+  <si>
+    <t>JM</t>
+  </si>
+  <si>
+    <t>Jamaika</t>
+  </si>
+  <si>
+    <t>JO</t>
+  </si>
+  <si>
+    <t>Ürdün</t>
+  </si>
+  <si>
+    <t>14,8148</t>
+  </si>
+  <si>
+    <t>JP</t>
+  </si>
+  <si>
+    <t>Japonya</t>
+  </si>
+  <si>
+    <t>KE</t>
+  </si>
+  <si>
+    <t>Kenya</t>
+  </si>
+  <si>
+    <t>KG</t>
+  </si>
+  <si>
+    <t>Kırgızistan</t>
+  </si>
+  <si>
+    <t>KH</t>
+  </si>
+  <si>
+    <t>Kamboçya</t>
+  </si>
+  <si>
+    <t>8,5597</t>
+  </si>
+  <si>
+    <t>KI</t>
+  </si>
+  <si>
+    <t>Kiribati</t>
+  </si>
+  <si>
+    <t>9,9383</t>
+  </si>
+  <si>
+    <t>KM</t>
+  </si>
+  <si>
+    <t>Komorlar</t>
+  </si>
+  <si>
+    <t>9,4033</t>
+  </si>
+  <si>
+    <t>KN</t>
+  </si>
+  <si>
+    <t>Saint Kitts ve Nevis</t>
+  </si>
+  <si>
+    <t>12,5514</t>
+  </si>
+  <si>
+    <t>KP</t>
+  </si>
+  <si>
+    <t>Kore Demokratik Halk Cumhuriyeti</t>
+  </si>
+  <si>
+    <t>14,3621</t>
+  </si>
+  <si>
+    <t>KR</t>
+  </si>
+  <si>
+    <t>Kore Cumhuriyeti</t>
+  </si>
+  <si>
+    <t>4,321</t>
+  </si>
+  <si>
+    <t>KW</t>
+  </si>
+  <si>
+    <t>Kuveyt</t>
+  </si>
+  <si>
+    <t>KY</t>
+  </si>
+  <si>
+    <t>Cayman Adaları</t>
+  </si>
+  <si>
+    <t>LA</t>
+  </si>
+  <si>
+    <t>Lao Halkı'nın Demokratik Cumhuriyeti</t>
+  </si>
+  <si>
+    <t>LB</t>
+  </si>
+  <si>
+    <t>Lübnan</t>
+  </si>
+  <si>
+    <t>LC</t>
+  </si>
+  <si>
+    <t>Saint Lucia</t>
+  </si>
+  <si>
+    <t>LI</t>
+  </si>
+  <si>
+    <t>Lihtenştayn</t>
+  </si>
+  <si>
+    <t>LK</t>
+  </si>
+  <si>
+    <t>Sri Lanka</t>
+  </si>
+  <si>
+    <t>9,8765</t>
+  </si>
+  <si>
+    <t>LR</t>
+  </si>
+  <si>
+    <t>Liberya</t>
+  </si>
+  <si>
+    <t>LS</t>
+  </si>
+  <si>
+    <t>Lesotho</t>
+  </si>
+  <si>
+    <t>LT</t>
+  </si>
+  <si>
+    <t>Litvanya</t>
+  </si>
+  <si>
+    <t>LU</t>
+  </si>
+  <si>
+    <t>Lüksemburg</t>
+  </si>
+  <si>
+    <t>LV</t>
+  </si>
+  <si>
+    <t>Letonya</t>
+  </si>
+  <si>
+    <t>7,2016</t>
+  </si>
+  <si>
+    <t>LY</t>
+  </si>
+  <si>
+    <t>Libya</t>
+  </si>
+  <si>
+    <t>MA</t>
+  </si>
+  <si>
+    <t>Fas</t>
+  </si>
+  <si>
+    <t>MC</t>
+  </si>
+  <si>
+    <t>Monako</t>
+  </si>
+  <si>
+    <t>MD</t>
+  </si>
+  <si>
+    <t>Moldova, Cumhuriyeti</t>
+  </si>
+  <si>
+    <t>ME</t>
+  </si>
+  <si>
+    <t>Karadağ</t>
+  </si>
+  <si>
+    <t>5,7613</t>
+  </si>
+  <si>
+    <t>MG</t>
+  </si>
+  <si>
+    <t>Madagaskar</t>
+  </si>
+  <si>
     <t>11,1111</t>
   </si>
   <si>
-    <t>ID</t>
-[...262 lines deleted...]
-  <si>
     <t>MH</t>
   </si>
   <si>
     <t>Marşal Adaları</t>
   </si>
   <si>
     <t>MK</t>
   </si>
   <si>
     <t>Makedonya, Eski Yugoslav Cumhuriyeti</t>
   </si>
   <si>
     <t>ML</t>
   </si>
   <si>
     <t>Mali</t>
   </si>
   <si>
     <t>MM</t>
   </si>
   <si>
     <t>Myanmar</t>
   </si>
   <si>
     <t>MN</t>
   </si>
   <si>
     <t>Moğolistan</t>
   </si>
   <si>
     <t>MO</t>
   </si>
   <si>
     <t>Macao</t>
   </si>
   <si>
     <t>MQ</t>
   </si>
   <si>
     <t>Martinik</t>
   </si>
   <si>
     <t>MR</t>
   </si>
   <si>
     <t>Moritanya</t>
   </si>
   <si>
-    <t>23,3918</t>
+    <t>24,6914</t>
   </si>
   <si>
     <t>MS</t>
   </si>
   <si>
     <t>Montserrat</t>
   </si>
   <si>
     <t>MT</t>
   </si>
   <si>
     <t>Malta</t>
   </si>
   <si>
     <t>MU</t>
   </si>
   <si>
     <t>Mauritius</t>
   </si>
   <si>
-    <t>18,5575</t>
+    <t>19,5885</t>
   </si>
   <si>
     <t>MV</t>
   </si>
   <si>
     <t>Maldivler</t>
   </si>
   <si>
     <t>MW</t>
   </si>
   <si>
     <t>Malawi</t>
   </si>
   <si>
     <t>MX</t>
   </si>
   <si>
     <t>Meksika</t>
   </si>
   <si>
-    <t>4,7173</t>
+    <t>4,9794</t>
   </si>
   <si>
     <t>MY</t>
   </si>
   <si>
     <t>Malezya</t>
   </si>
   <si>
     <t>MZ</t>
   </si>
   <si>
     <t>Mozambik</t>
   </si>
   <si>
     <t>NA</t>
   </si>
   <si>
     <t>Namibya</t>
   </si>
   <si>
     <t>NC</t>
   </si>
   <si>
     <t>Yeni Kaledonya</t>
   </si>
   <si>
-    <t>22,7485</t>
+    <t>24,0123</t>
   </si>
   <si>
     <t>NE</t>
   </si>
   <si>
     <t>Nijer</t>
   </si>
   <si>
     <t>NG</t>
   </si>
   <si>
     <t>Nijerya</t>
   </si>
   <si>
-    <t>3,3138</t>
+    <t>3,4979</t>
   </si>
   <si>
     <t>NI</t>
   </si>
   <si>
     <t>Nikaragua</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Hollanda</t>
   </si>
   <si>
-    <t>12,8655</t>
+    <t>13,5802</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Norveç</t>
   </si>
   <si>
-    <t>7,3489</t>
+    <t>7,7572</t>
   </si>
   <si>
     <t>NP</t>
   </si>
   <si>
     <t>Nepal</t>
   </si>
   <si>
-    <t>17,5439</t>
+    <t>18,5185</t>
   </si>
   <si>
     <t>NR</t>
   </si>
   <si>
     <t>Nauru</t>
   </si>
   <si>
     <t>NZ</t>
   </si>
   <si>
     <t>Yeni Zelanda</t>
   </si>
   <si>
-    <t>13,4503</t>
+    <t>14,1975</t>
   </si>
   <si>
     <t>OM</t>
   </si>
   <si>
     <t>Umman</t>
   </si>
   <si>
-    <t>4,8733</t>
+    <t>5,144</t>
   </si>
   <si>
     <t>PA</t>
   </si>
   <si>
     <t>Panama</t>
   </si>
   <si>
-    <t>6,4327</t>
+    <t>6,7901</t>
   </si>
   <si>
     <t>PE</t>
   </si>
   <si>
     <t>Peru</t>
   </si>
   <si>
     <t>PF</t>
   </si>
   <si>
     <t>Fransız Polinezyası</t>
   </si>
   <si>
-    <t>14,1326</t>
+    <t>14,9177</t>
   </si>
   <si>
     <t>PG</t>
   </si>
   <si>
     <t>Papua Yeni Gine</t>
   </si>
   <si>
     <t>PH</t>
   </si>
   <si>
     <t>Filipinler</t>
   </si>
   <si>
     <t>PK</t>
   </si>
   <si>
     <t>Pakistan</t>
   </si>
   <si>
-    <t>3,7037</t>
+    <t>3,9095</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Polonya</t>
   </si>
   <si>
     <t>PM</t>
   </si>
   <si>
     <t>Saint Pierre ve Miquelon</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Porto Riko</t>
   </si>
   <si>
-    <t>11,501</t>
+    <t>12,1399</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Portekiz</t>
   </si>
   <si>
     <t>PW</t>
   </si>
   <si>
     <t>Palau</t>
   </si>
   <si>
     <t>PY</t>
   </si>
   <si>
     <t>Paraguay</t>
   </si>
   <si>
     <t>QA</t>
   </si>
   <si>
     <t>Katar</t>
   </si>
   <si>
     <t>RE</t>
   </si>
   <si>
     <t>Mayotte</t>
   </si>
   <si>
-    <t>25,1462</t>
+    <t>26,5432</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Romanya</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Sırbistan</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Rusya Federasyonu</t>
   </si>
   <si>
-    <t>6,5497</t>
+    <t>6,9136</t>
   </si>
   <si>
     <t>RW</t>
   </si>
   <si>
     <t>Ruanda</t>
   </si>
   <si>
     <t>SA</t>
   </si>
   <si>
     <t>Suudi Arabistan</t>
   </si>
   <si>
     <t>SB</t>
   </si>
   <si>
     <t>Solomon Adaları</t>
   </si>
   <si>
     <t>SC</t>
   </si>
   <si>
     <t>Seyşeller</t>
   </si>
   <si>
     <t>SD</t>
   </si>
   <si>
     <t>Sudan</t>
   </si>
   <si>
-    <t>10,9162</t>
+    <t>11,5226</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>İsveç</t>
   </si>
   <si>
-    <t>7,076</t>
+    <t>7,4691</t>
   </si>
   <si>
     <t>SG</t>
   </si>
   <si>
     <t>Singapur</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Slovenya</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Slovakya</t>
   </si>
   <si>
     <t>SL</t>
   </si>
   <si>
     <t>Sierra Leone</t>
   </si>
   <si>
     <t>SM</t>
   </si>
   <si>
     <t>San Marino</t>
   </si>
   <si>
-    <t>11,7739</t>
+    <t>12,428</t>
   </si>
   <si>
     <t>SN</t>
   </si>
   <si>
     <t>Senegal</t>
   </si>
   <si>
     <t>SO</t>
   </si>
   <si>
     <t>Somali</t>
   </si>
   <si>
-    <t>15,692</t>
+    <t>16,5638</t>
   </si>
   <si>
     <t>SR</t>
   </si>
   <si>
     <t>Surinam</t>
   </si>
   <si>
     <t>ST</t>
   </si>
   <si>
     <t>Sao Tome ve Principe</t>
   </si>
   <si>
     <t>SV</t>
   </si>
   <si>
     <t>El Salvador</t>
   </si>
   <si>
     <t>SY</t>
   </si>
   <si>
     <t>Suriye Arap Cumhuriyeti</t>
   </si>
   <si>
-    <t>13,8402</t>
+    <t>14,6091</t>
   </si>
   <si>
     <t>SZ</t>
   </si>
   <si>
     <t>Svaziland</t>
   </si>
   <si>
-    <t>13,3333</t>
+    <t>14,0741</t>
   </si>
   <si>
     <t>TD</t>
   </si>
   <si>
     <t>Çad</t>
   </si>
   <si>
-    <t>12,5536</t>
+    <t>13,251</t>
   </si>
   <si>
     <t>TG</t>
   </si>
   <si>
     <t>Togo</t>
   </si>
   <si>
     <t>TH</t>
   </si>
   <si>
     <t>Tayland</t>
   </si>
   <si>
     <t>TJ</t>
   </si>
   <si>
     <t>Tacikistan</t>
   </si>
   <si>
-    <t>13,0604</t>
+    <t>13,786</t>
   </si>
   <si>
     <t>TL</t>
   </si>
   <si>
     <t>Timor-Leste</t>
   </si>
   <si>
     <t>TM</t>
   </si>
   <si>
     <t>Türkmenistan</t>
   </si>
   <si>
-    <t>4,4834</t>
+    <t>4,7325</t>
   </si>
   <si>
     <t>TN</t>
   </si>
   <si>
     <t>Tunus</t>
   </si>
   <si>
     <t>TO</t>
   </si>
   <si>
     <t>Tonga</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Türkiye</t>
   </si>
   <si>
-    <t>1,5595</t>
+    <t>1,6461</t>
   </si>
   <si>
     <t>TT</t>
   </si>
   <si>
     <t>Trinidad ve Tobago</t>
   </si>
   <si>
-    <t>19,4932</t>
+    <t>20,5761</t>
   </si>
   <si>
     <t>TW</t>
   </si>
   <si>
     <t>Tayvan</t>
   </si>
   <si>
     <t>TZ</t>
   </si>
   <si>
     <t>Tanzanya Birleşik Cumhuriyeti</t>
   </si>
   <si>
     <t>UA</t>
   </si>
   <si>
     <t>Ukrayna</t>
   </si>
   <si>
     <t>UG</t>
   </si>
   <si>
     <t>Uganda</t>
   </si>
@@ -1547,66 +1547,66 @@
   <si>
     <t>VG</t>
   </si>
   <si>
     <t>İngiliz Virgin Adaları</t>
   </si>
   <si>
     <t>VI</t>
   </si>
   <si>
     <t>ABD Virgin Adaları</t>
   </si>
   <si>
     <t>VN</t>
   </si>
   <si>
     <t>Viet Nam</t>
   </si>
   <si>
     <t>VU</t>
   </si>
   <si>
     <t>Vanuatu</t>
   </si>
   <si>
-    <t>19,3372</t>
+    <t>20,4115</t>
   </si>
   <si>
     <t>WS</t>
   </si>
   <si>
     <t>Samoa</t>
   </si>
   <si>
     <t>YE</t>
   </si>
   <si>
     <t>Yemen</t>
   </si>
   <si>
-    <t>11,2281</t>
+    <t>11,8519</t>
   </si>
   <si>
     <t>ZA</t>
   </si>
   <si>
     <t>Güney Afrika</t>
   </si>
   <si>
     <t>ZM</t>
   </si>
   <si>
     <t>Zambiya</t>
   </si>
   <si>
     <t>ZW</t>
   </si>
   <si>
     <t>Zimbabve</t>
   </si>
   <si>
     <t>TC</t>
   </si>
   <si>
     <t>Turks ve Caicos Adaları</t>
   </si>